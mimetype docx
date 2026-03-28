--- v0 (2025-10-18)
+++ v1 (2026-03-28)
@@ -1,75 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="GIF" ContentType="image/gif"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="21C46F51" w14:textId="77777777" w:rsidR="00D03D35" w:rsidRPr="0015568C" w:rsidRDefault="0015568C" w:rsidP="003E4E5C">
+    <w:p w14:paraId="54DFAA21" w14:textId="77777777" w:rsidR="00D03D35" w:rsidRPr="0015568C" w:rsidRDefault="0015568C" w:rsidP="003E4E5C">
       <w:pPr>
         <w:pStyle w:val="Titel"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0015568C">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F92B00C" wp14:editId="597887BC">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="070E5708" wp14:editId="4C2D6F53">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4532826</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>114252</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3626094" cy="844667"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Grafik 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Frontlogo.GIF"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -88,88 +87,86 @@
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00F010D6" w:rsidRPr="0015568C">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Radfahrerverein Eintracht Elbart e. V.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07EF41BC" w14:textId="77777777" w:rsidR="00F010D6" w:rsidRPr="00C63167" w:rsidRDefault="00F010D6" w:rsidP="003E4E5C">
+    <w:p w14:paraId="238E90AD" w14:textId="77777777" w:rsidR="00F010D6" w:rsidRPr="0015568C" w:rsidRDefault="00F010D6" w:rsidP="003E4E5C">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="002060"/>
-          <w:u w:val="single"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C63167">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0015568C">
         <w:rPr>
           <w:color w:val="002060"/>
-          <w:u w:val="single"/>
         </w:rPr>
         <w:t>Beitrittserklärung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00B96B78" w14:textId="77777777" w:rsidR="00F010D6" w:rsidRPr="00F010D6" w:rsidRDefault="00F010D6" w:rsidP="003E4E5C">
+    <w:p w14:paraId="2F510AC6" w14:textId="77777777" w:rsidR="00F010D6" w:rsidRPr="00F010D6" w:rsidRDefault="00F010D6" w:rsidP="003E4E5C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="645C8779" w14:textId="77777777" w:rsidR="00F010D6" w:rsidRDefault="00F010D6" w:rsidP="00084A9F">
+    <w:p w14:paraId="5317242C" w14:textId="77777777" w:rsidR="00F010D6" w:rsidRDefault="00F010D6" w:rsidP="00084A9F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="4395"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0015568C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Name:</w:t>
       </w:r>
@@ -393,62 +390,62 @@
         <w:br/>
       </w:r>
       <w:r w:rsidR="006A19CA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>E-Mail</w:t>
       </w:r>
       <w:r w:rsidR="0015568C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="006A19CA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> _____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CC62598" w14:textId="77777777" w:rsidR="00C172E3" w:rsidRPr="00CD5276" w:rsidRDefault="00C172E3" w:rsidP="003E4E5C">
-[...10 lines deleted...]
-    <w:p w14:paraId="689D0817" w14:textId="77777777" w:rsidR="00C172E3" w:rsidRPr="00653C6D" w:rsidRDefault="00C172E3" w:rsidP="00C172E3">
+    <w:p w14:paraId="39D38872" w14:textId="77777777" w:rsidR="00C172E3" w:rsidRPr="00CD5276" w:rsidRDefault="00C172E3" w:rsidP="003E4E5C">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03265CCD" w14:textId="77777777" w:rsidR="00C172E3" w:rsidRPr="00653C6D" w:rsidRDefault="00C172E3" w:rsidP="00C172E3">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Im Rahmen unserer Vereinshaftpflicht sind möglich</w:t>
       </w:r>
       <w:r w:rsidR="005E5792" w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -468,96 +465,88 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>wenn dem Verein ein Verschulden anzulasten ist.</w:t>
       </w:r>
       <w:r w:rsidR="00CD5276" w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Aufgrund unserer radsportlichen Aktivitäten und den damit verbundenen Gefahren</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B4C4C52" w14:textId="77777777" w:rsidR="00A833F1" w:rsidRPr="00653C6D" w:rsidRDefault="00C172E3" w:rsidP="00C172E3">
-[...44 lines deleted...]
-    <w:p w14:paraId="6918CA31" w14:textId="77777777" w:rsidR="00153C7E" w:rsidRPr="00653C6D" w:rsidRDefault="00153C7E" w:rsidP="00153C7E">
+    <w:p w14:paraId="71C2E0B6" w14:textId="77777777" w:rsidR="00A833F1" w:rsidRPr="00653C6D" w:rsidRDefault="00C172E3" w:rsidP="00C172E3">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653C6D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>wird eine Privathaftpflicht dringend empfohlen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C33A7D2" w14:textId="77777777" w:rsidR="00653C6D" w:rsidRPr="00653C6D" w:rsidRDefault="00653C6D" w:rsidP="00C172E3">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44B9FDE1" w14:textId="77777777" w:rsidR="00153C7E" w:rsidRPr="00653C6D" w:rsidRDefault="00153C7E" w:rsidP="00153C7E">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Ich erkläre mich damit ein</w:t>
       </w:r>
       <w:r w:rsidR="00A833F1" w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -570,545 +559,341 @@
         </w:rPr>
         <w:t xml:space="preserve"> Veranstaltung Bilder und</w:t>
       </w:r>
       <w:r w:rsidR="00653C6D" w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">/oder Videos von </w:t>
       </w:r>
       <w:r w:rsidR="00A833F1" w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">mir </w:t>
       </w:r>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>gemacht werden und zur Veröffentlichung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7711A2EC" w14:textId="77777777" w:rsidR="00153C7E" w:rsidRPr="00653C6D" w:rsidRDefault="00153C7E" w:rsidP="00153C7E">
+    <w:p w14:paraId="2E4D6B5E" w14:textId="77777777" w:rsidR="00153C7E" w:rsidRPr="00653C6D" w:rsidRDefault="00153C7E" w:rsidP="00153C7E">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>·</w:t>
       </w:r>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>auf der Home</w:t>
       </w:r>
       <w:r w:rsidR="00A833F1" w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>page des Vereins (www.rv-elbart.de)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AA431DD" w14:textId="77777777" w:rsidR="00153C7E" w:rsidRPr="00653C6D" w:rsidRDefault="00153C7E" w:rsidP="00153C7E">
+    <w:p w14:paraId="6B1CCBB0" w14:textId="77777777" w:rsidR="00153C7E" w:rsidRPr="00653C6D" w:rsidRDefault="00153C7E" w:rsidP="00153C7E">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>·</w:t>
       </w:r>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A833F1" w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>in Printmedien (z.B. Tageszeitung, Vereins- und Verbandszeitungen, usw.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0819EE7D" w14:textId="77777777" w:rsidR="00A833F1" w:rsidRPr="00653C6D" w:rsidRDefault="00153C7E" w:rsidP="00A833F1">
+    <w:p w14:paraId="4ABF1746" w14:textId="77777777" w:rsidR="00A833F1" w:rsidRPr="00653C6D" w:rsidRDefault="00153C7E" w:rsidP="00A833F1">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>·</w:t>
       </w:r>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00123973">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>in den s</w:t>
       </w:r>
       <w:r w:rsidR="00A833F1" w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ozialen Medien (z.B. Facebook, Instagram, usw.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65DEE6FB" w14:textId="77777777" w:rsidR="00CD5276" w:rsidRPr="00653C6D" w:rsidRDefault="00153C7E" w:rsidP="00153C7E">
+    <w:p w14:paraId="1FECA77B" w14:textId="77777777" w:rsidR="00CD5276" w:rsidRPr="00653C6D" w:rsidRDefault="00153C7E" w:rsidP="00153C7E">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>verwendet und zu diesem Zwecke auch abgespeichert werden dürfen. Die Fotos und/oder Videos dienen ausschließlich der Öf</w:t>
       </w:r>
       <w:r w:rsidR="00A833F1" w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>fentlichkeitsar</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> bewusst, dass diese Fotos und/oder Videos </w:t>
+        <w:t xml:space="preserve">fentlichkeitsarbeit des Vereins. Ich bin mir im bewusst, dass diese Fotos und/oder Videos </w:t>
       </w:r>
       <w:r w:rsidR="00653C6D" w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>von anderen Personen gesehen werden und es nicht ausgeschlossen werden kann</w:t>
-[...6 lines deleted...]
-        <w:t>,</w:t>
+        <w:t xml:space="preserve">von anderen Personen gesehen werden und es nicht ausgeschlossen werden kann </w:t>
+      </w:r>
+      <w:r w:rsidR="00B90C81">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">das </w:t>
       </w:r>
       <w:r w:rsidR="00653C6D" w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:t>diese weiterverbreitet werden.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54E1E55C" w14:textId="77777777" w:rsidR="00A833F1" w:rsidRPr="00653C6D" w:rsidRDefault="00A833F1" w:rsidP="00153C7E">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7928E5CA" w14:textId="77777777" w:rsidR="00F010D6" w:rsidRPr="00653C6D" w:rsidRDefault="00F010D6" w:rsidP="003E4E5C">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653C6D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hiermit </w:t>
+      </w:r>
+      <w:r w:rsidR="005E5792" w:rsidRPr="00653C6D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>akzeptiere ich die Haftungsbedingungen und</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653C6D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FD0FAF">
-[...4 lines deleted...]
-        <w:t>dass</w:t>
+      <w:r w:rsidR="005E5792" w:rsidRPr="00653C6D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">erkläre </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653C6D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>meinen Beitritt zum Radfahrerverein Eintracht Elbart</w:t>
       </w:r>
       <w:r w:rsidR="00B90C81">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...231 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DCAD1B7" w14:textId="77777777" w:rsidR="00F010D6" w:rsidRDefault="00F010D6" w:rsidP="003E4E5C">
-[...29 lines deleted...]
-    <w:p w14:paraId="7D45E089" w14:textId="77777777" w:rsidR="00F010D6" w:rsidRPr="00653C6D" w:rsidRDefault="00F010D6" w:rsidP="00653C6D">
+    <w:p w14:paraId="310481C0" w14:textId="77777777" w:rsidR="00F010D6" w:rsidRPr="00653C6D" w:rsidRDefault="00F010D6" w:rsidP="003E4E5C">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14F276E6" w14:textId="77777777" w:rsidR="00F010D6" w:rsidRPr="00653C6D" w:rsidRDefault="00F010D6" w:rsidP="00653C6D">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Freihung,</w:t>
       </w:r>
       <w:r w:rsidR="007348BA" w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> ____________________________</w:t>
       </w:r>
       <w:r w:rsidR="007348BA" w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CC3D6BC" w14:textId="77777777" w:rsidR="00F010D6" w:rsidRPr="00653C6D" w:rsidRDefault="00F010D6" w:rsidP="00653C6D">
+    <w:p w14:paraId="34C8085B" w14:textId="77777777" w:rsidR="00F010D6" w:rsidRPr="00653C6D" w:rsidRDefault="00F010D6" w:rsidP="00653C6D">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -1137,503 +922,539 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Unterschrift</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0011EAF4" w14:textId="77777777" w:rsidR="00BC3312" w:rsidRPr="00653C6D" w:rsidRDefault="00BC3312" w:rsidP="003E4E5C">
+    <w:p w14:paraId="78F56ABD" w14:textId="77777777" w:rsidR="00BC3312" w:rsidRPr="00653C6D" w:rsidRDefault="00BC3312" w:rsidP="003E4E5C">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Der Jahresmitgliedsbeitrag beträgt derzeit:</w:t>
       </w:r>
-      <w:r w:rsidR="00FD0FAF">
-[...23 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    </w:p>
+    <w:p w14:paraId="7A0CD323" w14:textId="6A167AB4" w:rsidR="00BC3312" w:rsidRPr="00653C6D" w:rsidRDefault="00A31FB2" w:rsidP="003E4E5C">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                            </w:t>
-[...6 lines deleted...]
-        <w:t>14</w:t>
+        <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00BC3312" w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>,00 € Einzelbetrag Kinder/Jugendliche</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="292F8697" w14:textId="77777777" w:rsidR="00BC3312" w:rsidRPr="00653C6D" w:rsidRDefault="00FD0FAF" w:rsidP="003E4E5C">
+        <w:t>,00 € Einzelbeitrag Erwachsene</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="590CD6EE" w14:textId="6D9BA826" w:rsidR="00BC3312" w:rsidRPr="00653C6D" w:rsidRDefault="00987DEF" w:rsidP="003E4E5C">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653C6D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31FB2">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>6,</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3312" w:rsidRPr="00653C6D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>00 € Einzelbetrag Kinder/Jugendliche</w:t>
+      </w:r>
+      <w:r w:rsidR="006E47A4">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Azubis/Studenten bis zum 25 Lebensjahr)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C9E53FB" w14:textId="47394C8F" w:rsidR="00BC3312" w:rsidRPr="00653C6D" w:rsidRDefault="00A31FB2" w:rsidP="003E4E5C">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                              </w:t>
+        <w:t>40</w:t>
       </w:r>
       <w:r w:rsidR="00BC3312" w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>36,00 € Familienbeitrag</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1F4B28D9" w14:textId="77777777" w:rsidR="003E4E5C" w:rsidRPr="00653C6D" w:rsidRDefault="003E4E5C" w:rsidP="003E4E5C">
+        <w:t>,00 € Familienbeitrag</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4108B720" w14:textId="77777777" w:rsidR="00F92CF3" w:rsidRPr="00653C6D" w:rsidRDefault="00F92CF3" w:rsidP="003E4E5C">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06661288" w14:textId="77777777" w:rsidR="003E4E5C" w:rsidRPr="00653C6D" w:rsidRDefault="003E4E5C" w:rsidP="003E4E5C">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Der Austritt aus dem RV-Eintracht Elbart muss schriftlich gegenüber dem Vorstand erklärt werden. Er ist nur unter Einhaltung einer Frist von vier Wochen zum Ende des Kalenderjahres möglich.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="216AC614" w14:textId="77777777" w:rsidR="00BC3312" w:rsidRPr="00653C6D" w:rsidRDefault="00BC3312" w:rsidP="00F010D6">
-[...14 lines deleted...]
-          <w:bottom w:val="single" w:sz="4" w:space="21" w:color="auto"/>
+    <w:p w14:paraId="14E19EF6" w14:textId="77777777" w:rsidR="00BC3312" w:rsidRPr="00653C6D" w:rsidRDefault="00BC3312" w:rsidP="00F010D6">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E9BF5A5" w14:textId="77777777" w:rsidR="00BC3312" w:rsidRPr="00B90C81" w:rsidRDefault="001A74F5" w:rsidP="00F92CF3">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:color w:val="002060"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90C81">
         <w:rPr>
           <w:color w:val="002060"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>SEPA-Basis-Lastschriftmandat</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13BEB77C" w14:textId="77777777" w:rsidR="00F92CF3" w:rsidRPr="00653C6D" w:rsidRDefault="00F92CF3" w:rsidP="001D6C97">
-[...20 lines deleted...]
-          <w:bottom w:val="single" w:sz="4" w:space="21" w:color="auto"/>
+    <w:p w14:paraId="302B9036" w14:textId="77777777" w:rsidR="00F92CF3" w:rsidRPr="00653C6D" w:rsidRDefault="00F92CF3" w:rsidP="00F92CF3">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12483638" w14:textId="77777777" w:rsidR="001A74F5" w:rsidRPr="00653C6D" w:rsidRDefault="001A74F5" w:rsidP="00F92CF3">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Radfahrerverein Eintracht Elbart e. V., Im Dorf 21 a, 92271 Freihung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="739BDF9B" w14:textId="77777777" w:rsidR="00F92CF3" w:rsidRPr="00653C6D" w:rsidRDefault="00F92CF3" w:rsidP="001D6C97">
-[...20 lines deleted...]
-          <w:bottom w:val="single" w:sz="4" w:space="21" w:color="auto"/>
+    <w:p w14:paraId="7754CA92" w14:textId="77777777" w:rsidR="00F92CF3" w:rsidRPr="00653C6D" w:rsidRDefault="00F92CF3" w:rsidP="00F92CF3">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AEC4724" w14:textId="77777777" w:rsidR="001A74F5" w:rsidRPr="00B90C81" w:rsidRDefault="001A74F5" w:rsidP="00F92CF3">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:color w:val="002060"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90C81">
         <w:rPr>
           <w:color w:val="002060"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Gläubiger-Identifikationsnummer  DE35777700000434481</w:t>
       </w:r>
       <w:r w:rsidR="005140FC" w:rsidRPr="00B90C81">
         <w:rPr>
           <w:color w:val="002060"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">   Mandatsreferenz: jew. Mitgliedsnummer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DC8CBEF" w14:textId="77777777" w:rsidR="005140FC" w:rsidRPr="00653C6D" w:rsidRDefault="005140FC" w:rsidP="001D6C97">
-[...20 lines deleted...]
-          <w:bottom w:val="single" w:sz="4" w:space="21" w:color="auto"/>
+    <w:p w14:paraId="2571EC8C" w14:textId="77777777" w:rsidR="005140FC" w:rsidRPr="00653C6D" w:rsidRDefault="005140FC" w:rsidP="00F92CF3">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E8C80BE" w14:textId="77777777" w:rsidR="005140FC" w:rsidRPr="00653C6D" w:rsidRDefault="005140FC" w:rsidP="00F92CF3">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Ich ermächtige/Wir ermächtigen den Zahlungsempfänger (Name siehe oben) widerruflich, die von mir/uns zu entrichtenden Zahlungen bei Fälligkeit durch Lastschrift von meinem/unserem Konto einzuziehen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="331EE66F" w14:textId="77777777" w:rsidR="005E5792" w:rsidRPr="00653C6D" w:rsidRDefault="005E5792" w:rsidP="001D6C97">
-[...20 lines deleted...]
-          <w:bottom w:val="single" w:sz="4" w:space="21" w:color="auto"/>
+    <w:p w14:paraId="0F33B040" w14:textId="77777777" w:rsidR="005E5792" w:rsidRPr="00653C6D" w:rsidRDefault="005E5792" w:rsidP="00F92CF3">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CFD35B5" w14:textId="77777777" w:rsidR="005140FC" w:rsidRPr="00653C6D" w:rsidRDefault="005140FC" w:rsidP="00F92CF3">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="006A19CA" w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>EPA</w:t>
       </w:r>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>-Lastschriftmandat:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EF4A4F3" w14:textId="77777777" w:rsidR="005E5792" w:rsidRPr="00653C6D" w:rsidRDefault="005E5792" w:rsidP="001D6C97">
-[...20 lines deleted...]
-          <w:bottom w:val="single" w:sz="4" w:space="21" w:color="auto"/>
+    <w:p w14:paraId="29022BE9" w14:textId="77777777" w:rsidR="005E5792" w:rsidRPr="00653C6D" w:rsidRDefault="005E5792" w:rsidP="00F92CF3">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="535B443D" w14:textId="77777777" w:rsidR="005140FC" w:rsidRPr="00653C6D" w:rsidRDefault="005140FC" w:rsidP="00F92CF3">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Ich ermächtige/Wir ermächtigen den Zahlungsempfänger (Name siehe oben) Zahlungen von meinem/unserem Konto mittels Lastschrift einzuziehen. Zugleich weise ich mein/weisen wir unser Kreditinstitut an, die vom Zahlungsempfänger (Name siehe oben) auf mein/unser Konto gezogenen Lastschriften einzulösen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="567F22CE" w14:textId="77777777" w:rsidR="005140FC" w:rsidRPr="00653C6D" w:rsidRDefault="005140FC" w:rsidP="001D6C97">
-[...5 lines deleted...]
-          <w:bottom w:val="single" w:sz="4" w:space="21" w:color="auto"/>
+    <w:p w14:paraId="6F55B3A5" w14:textId="77777777" w:rsidR="005140FC" w:rsidRPr="00653C6D" w:rsidRDefault="005140FC" w:rsidP="00F92CF3">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Hinweis: Ich kann/wir können innerhalb von acht Woche</w:t>
       </w:r>
       <w:r w:rsidR="004030C6" w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, beginnend mit dem Belastungsdatum, die Erstattung des belasteten Betrages verlangen. Es gelten dabei die mit meinem/unserem Kreditinstitut </w:t>
       </w:r>
       <w:r w:rsidR="00044B45" w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>vereinbarten Bedingungen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66672A80" w14:textId="77777777" w:rsidR="00044B45" w:rsidRDefault="00044B45" w:rsidP="001D6C97">
-[...5 lines deleted...]
-          <w:bottom w:val="single" w:sz="4" w:space="21" w:color="auto"/>
+    <w:p w14:paraId="45D9B8D4" w14:textId="77777777" w:rsidR="00044B45" w:rsidRDefault="00044B45" w:rsidP="00F92CF3">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Zahlungsart: Wiederkehrende Zahlung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ED65F65" w14:textId="77777777" w:rsidR="00653C6D" w:rsidRPr="00653C6D" w:rsidRDefault="00653C6D" w:rsidP="001D6C97">
-[...20 lines deleted...]
-          <w:bottom w:val="single" w:sz="4" w:space="21" w:color="auto"/>
+    <w:p w14:paraId="4C946878" w14:textId="77777777" w:rsidR="00653C6D" w:rsidRPr="00653C6D" w:rsidRDefault="00653C6D" w:rsidP="00F92CF3">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74789A0F" w14:textId="77777777" w:rsidR="00044B45" w:rsidRDefault="00044B45" w:rsidP="00653C6D">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6237"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Name des Zahlungsp</w:t>
       </w:r>
       <w:r w:rsidR="00CD5276" w:rsidRPr="00653C6D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -1666,868 +1487,861 @@
       <w:r w:rsidR="00653C6D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> _________________________</w:t>
       </w:r>
       <w:r w:rsidR="00CD5276" w:rsidRPr="00653C6D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>________</w:t>
       </w:r>
       <w:r w:rsidR="00653C6D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="762A6175" w14:textId="77777777" w:rsidR="00653C6D" w:rsidRPr="00653C6D" w:rsidRDefault="00653C6D" w:rsidP="001D6C97">
-[...5 lines deleted...]
-          <w:bottom w:val="single" w:sz="4" w:space="21" w:color="auto"/>
+    <w:p w14:paraId="51BB22D1" w14:textId="77777777" w:rsidR="00653C6D" w:rsidRPr="00653C6D" w:rsidRDefault="00653C6D" w:rsidP="00653C6D">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6237"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52E9B047" w14:textId="77777777" w:rsidR="00044B45" w:rsidRPr="00653C6D" w:rsidRDefault="00044B45" w:rsidP="001D6C97">
-[...5 lines deleted...]
-          <w:bottom w:val="single" w:sz="4" w:space="21" w:color="auto"/>
+    <w:p w14:paraId="13337F06" w14:textId="77777777" w:rsidR="00044B45" w:rsidRPr="00653C6D" w:rsidRDefault="00044B45" w:rsidP="00F92CF3">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Anschrift de</w:t>
       </w:r>
       <w:r w:rsidR="00653C6D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>s Zahlungspflichtigen (Kontoinhabers</w:t>
       </w:r>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00653C6D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>___________________</w:t>
       </w:r>
       <w:r w:rsidR="00CD5276" w:rsidRPr="00653C6D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A1C677C" w14:textId="77777777" w:rsidR="00044B45" w:rsidRPr="00653C6D" w:rsidRDefault="00044B45" w:rsidP="001D6C97">
-[...21 lines deleted...]
-          <w:bottom w:val="single" w:sz="4" w:space="21" w:color="auto"/>
+    <w:p w14:paraId="399CCD84" w14:textId="77777777" w:rsidR="00044B45" w:rsidRPr="00653C6D" w:rsidRDefault="00044B45" w:rsidP="00F92CF3">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F850D9B" w14:textId="77777777" w:rsidR="00044B45" w:rsidRPr="00653C6D" w:rsidRDefault="00044B45" w:rsidP="00F92CF3">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>IBAN des Zahlungspflichtigen (max. 22 Stellen) DE</w:t>
       </w:r>
       <w:r w:rsidR="00653C6D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> ______________________</w:t>
       </w:r>
       <w:r w:rsidR="00CD5276" w:rsidRPr="00653C6D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04763F24" w14:textId="77777777" w:rsidR="00044B45" w:rsidRDefault="00044B45" w:rsidP="001D6C97">
-[...37 lines deleted...]
-          <w:bottom w:val="single" w:sz="4" w:space="21" w:color="auto"/>
+    <w:p w14:paraId="3E67C62E" w14:textId="77777777" w:rsidR="00044B45" w:rsidRPr="00653C6D" w:rsidRDefault="00044B45" w:rsidP="00F92CF3">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E2AA881" w14:textId="77777777" w:rsidR="00044B45" w:rsidRPr="00653C6D" w:rsidRDefault="00044B45" w:rsidP="00F92CF3">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653C6D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BIC (8 oder </w:t>
+      </w:r>
+      <w:r w:rsidR="0015568C" w:rsidRPr="00653C6D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>11 Stellen)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4D55" w:rsidRPr="00653C6D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00653C6D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5276" w:rsidRPr="00653C6D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4D55" w:rsidRPr="00653C6D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="358F35E1" w14:textId="77777777" w:rsidR="00044B45" w:rsidRPr="00653C6D" w:rsidRDefault="00044B45" w:rsidP="00F92CF3">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5212CA7C" w14:textId="77777777" w:rsidR="00044B45" w:rsidRPr="00653C6D" w:rsidRDefault="00044B45" w:rsidP="00A11C87">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Freihung,</w:t>
       </w:r>
       <w:r w:rsidR="00A11C87" w:rsidRPr="00653C6D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> ______________________________</w:t>
       </w:r>
       <w:r w:rsidR="00A11C87" w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4231D067" w14:textId="77777777" w:rsidR="00044B45" w:rsidRPr="00653C6D" w:rsidRDefault="00A11C87" w:rsidP="001D6C97">
-[...5 lines deleted...]
-          <w:bottom w:val="single" w:sz="4" w:space="21" w:color="auto"/>
+    <w:p w14:paraId="35EED768" w14:textId="77777777" w:rsidR="00044B45" w:rsidRPr="00653C6D" w:rsidRDefault="00A11C87" w:rsidP="00A11C87">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00044B45" w:rsidRPr="00653C6D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Unterschrift des Zahlungspflichtigen (Kontoinhaber)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F5D012D" w14:textId="77777777" w:rsidR="009C5B49" w:rsidRPr="009C5B49" w:rsidRDefault="009C5B49" w:rsidP="009C5B49">
-[...22 lines deleted...]
-    <w:p w14:paraId="392BDD1E" w14:textId="77777777" w:rsidR="00316428" w:rsidRPr="0015568C" w:rsidRDefault="00316428" w:rsidP="00316428">
+    <w:p w14:paraId="26CA7AE3" w14:textId="77777777" w:rsidR="00044B45" w:rsidRPr="00653C6D" w:rsidRDefault="00044B45" w:rsidP="00F92CF3">
+      <w:pPr>
+        <w:pStyle w:val="KeinLeerraum"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40D92298" w14:textId="77777777" w:rsidR="005E5792" w:rsidRPr="005E5792" w:rsidRDefault="005E5792" w:rsidP="00F92CF3">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6510E9AC" w14:textId="77777777" w:rsidR="00316428" w:rsidRDefault="00044B45" w:rsidP="00F92CF3">
+      <w:r>
+        <w:t>Vor dem ersten Einzug einer SEPA-Lastschrift wird mich der Zahlungsempfänger über den Einzug di</w:t>
+      </w:r>
+      <w:r w:rsidR="0015568C">
+        <w:t>eser Verfahrensart unterrichten.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54E15E20" w14:textId="77777777" w:rsidR="00B90C81" w:rsidRDefault="00B90C81" w:rsidP="00F92CF3"/>
+    <w:p w14:paraId="64E4C804" w14:textId="77777777" w:rsidR="00316428" w:rsidRPr="0015568C" w:rsidRDefault="00316428" w:rsidP="00316428">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0015568C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Bei Familien:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62CEA70E" w14:textId="77777777" w:rsidR="00316428" w:rsidRDefault="00316428" w:rsidP="00316428">
+    <w:p w14:paraId="37DA2BDA" w14:textId="77777777" w:rsidR="00316428" w:rsidRDefault="00316428" w:rsidP="00316428">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:t>Vor- und Nachname Ehepartner:</w:t>
       </w:r>
       <w:r w:rsidR="00FA2372">
         <w:t xml:space="preserve"> _____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CEBB827" w14:textId="77777777" w:rsidR="00316428" w:rsidRDefault="00316428" w:rsidP="00316428">
+    <w:p w14:paraId="47D12156" w14:textId="77777777" w:rsidR="00316428" w:rsidRDefault="00316428" w:rsidP="00316428">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:t>Geburtsdatum:</w:t>
       </w:r>
       <w:r w:rsidR="00FA2372">
         <w:t xml:space="preserve"> ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A047181" w14:textId="77777777" w:rsidR="00316428" w:rsidRDefault="00316428" w:rsidP="00316428">
+    <w:p w14:paraId="3CF8C399" w14:textId="77777777" w:rsidR="00316428" w:rsidRDefault="00316428" w:rsidP="00316428">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:t>Vor- und Familienname Kind 1:</w:t>
       </w:r>
       <w:r w:rsidR="00FA2372">
         <w:t xml:space="preserve"> ______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47834AB0" w14:textId="77777777" w:rsidR="00316428" w:rsidRDefault="00316428" w:rsidP="00316428">
+    <w:p w14:paraId="2E7498E1" w14:textId="77777777" w:rsidR="00316428" w:rsidRDefault="00316428" w:rsidP="00316428">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:t>Geburtsdatum:</w:t>
       </w:r>
       <w:r w:rsidR="00FA2372">
         <w:t xml:space="preserve"> ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12D52033" w14:textId="77777777" w:rsidR="00316428" w:rsidRDefault="00316428" w:rsidP="00316428">
+    <w:p w14:paraId="4A19B07A" w14:textId="77777777" w:rsidR="00316428" w:rsidRDefault="00316428" w:rsidP="00316428">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:t>Vor-und Familienname Kind 2:</w:t>
       </w:r>
       <w:r w:rsidR="00FA2372">
         <w:t xml:space="preserve"> _______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15410B56" w14:textId="77777777" w:rsidR="00316428" w:rsidRDefault="00316428" w:rsidP="00316428">
+    <w:p w14:paraId="56940FC3" w14:textId="77777777" w:rsidR="00316428" w:rsidRDefault="00316428" w:rsidP="00316428">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:t>Geburtsdatum:</w:t>
       </w:r>
       <w:r w:rsidR="00FA2372" w:rsidRPr="00FA2372">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FA2372">
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49EEB002" w14:textId="77777777" w:rsidR="00B90C81" w:rsidRDefault="00B90C81" w:rsidP="00B90C81">
+    <w:p w14:paraId="092D84B5" w14:textId="77777777" w:rsidR="00FA2372" w:rsidRDefault="00316428" w:rsidP="00FA2372">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="64E31B95" w14:textId="77777777" w:rsidR="00B90C81" w:rsidRDefault="00B90C81" w:rsidP="00B90C81">
+      <w:r>
+        <w:t>Vor-und Familienname Kind 3:</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2372">
+        <w:t xml:space="preserve"> _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3248D791" w14:textId="77777777" w:rsidR="00316428" w:rsidRDefault="00316428" w:rsidP="00316428">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Ich erkläre mich damit einverstanden, dass im Rahmen einer Veranstaltung Bilder und/oder Videos von mir und meinen </w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t>Geburtsdatum</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2372">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2372" w:rsidRPr="00FA2372">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2372">
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F8297EA" w14:textId="77777777" w:rsidR="00B90C81" w:rsidRDefault="00B90C81" w:rsidP="00B90C81">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="400AB55D" w14:textId="77777777" w:rsidR="00B90C81" w:rsidRDefault="00B90C81" w:rsidP="00B90C81">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+      </w:pPr>
       <w:r>
-        <w:t>gemacht werden und zur Veröffentlichung</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="77A621AE" w14:textId="77777777" w:rsidR="00B90C81" w:rsidRDefault="00B90C81" w:rsidP="00B90C81">
+        <w:t>Ich erkläre mich damit einverstanden, dass im Rahmen einer Veranstaltung Bilder und/oder Videos von mir und meinen Familienangehörigen gemacht werden und zur Veröffentlichung</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75DC83F4" w14:textId="77777777" w:rsidR="00B90C81" w:rsidRDefault="00B90C81" w:rsidP="00B90C81">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:t>·</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>auf der Homepage des Vereins (www.rv-elbart.de)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B670866" w14:textId="77777777" w:rsidR="00B90C81" w:rsidRDefault="00B90C81" w:rsidP="00B90C81">
+    <w:p w14:paraId="27BF194F" w14:textId="77777777" w:rsidR="00B90C81" w:rsidRDefault="00B90C81" w:rsidP="00B90C81">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:t>·</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>in Printmedien (z.B. Tageszeitung, Vereins- und Verbandszeitungen, usw.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AB9F204" w14:textId="77777777" w:rsidR="00B90C81" w:rsidRDefault="00B90C81" w:rsidP="00B90C81">
+    <w:p w14:paraId="693AB44D" w14:textId="77777777" w:rsidR="00B90C81" w:rsidRDefault="00B90C81" w:rsidP="00B90C81">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:t>·</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Sozialen Medien (z.B. Facebook, Instagram, usw.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A866FCD" w14:textId="7EE6A3EB" w:rsidR="00B90C81" w:rsidRDefault="00B90C81" w:rsidP="00B90C81">
+    <w:p w14:paraId="0C23EE8E" w14:textId="77777777" w:rsidR="00B90C81" w:rsidRDefault="00B90C81" w:rsidP="00B90C81">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
-        <w:t>verwendet und zu diesem Zwecke auch abgespeichert werden dürfen. Die Fotos und/oder Videos dienen ausschließlich der Öffentlichkeitsarbeit des Vereins. Ich bin mir im bewusst, dass diese Fotos und/oder Videos von anderen Personen gesehen werden und es nicht ausgeschlossen werden kann</w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="227BD820" w14:textId="77777777" w:rsidR="00B90C81" w:rsidRDefault="00B90C81" w:rsidP="00316428">
+        <w:t>verwendet und zu diesem Zwecke auch abgespeichert werden dürfen. Die Fotos und/oder Videos dienen ausschließlich der Öffentlichkeitsarbeit des Vereins. Ich bin mir im bewusst, dass diese Fotos und/oder Videos von anderen Personen gesehen werden und es nicht ausgeschlossen werden kann das diese weiterverbreitet werden.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5983655F" w14:textId="77777777" w:rsidR="00B90C81" w:rsidRDefault="00B90C81" w:rsidP="00316428">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="041F1680" w14:textId="77777777" w:rsidR="00316428" w:rsidRDefault="00316428" w:rsidP="00316428">
+    <w:p w14:paraId="20D4D8A9" w14:textId="77777777" w:rsidR="00316428" w:rsidRDefault="00316428" w:rsidP="00316428">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:t>Mit dem Beitritt unserer minderjährigen Kinder zum RV Eintracht Elbart sind wir einverstanden</w:t>
       </w:r>
       <w:r w:rsidR="00B90C81">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37AEDBEE" w14:textId="77777777" w:rsidR="00316428" w:rsidRDefault="00316428" w:rsidP="00316428">
+    <w:p w14:paraId="20889B7F" w14:textId="77777777" w:rsidR="00316428" w:rsidRDefault="00316428" w:rsidP="00316428">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A38127A" w14:textId="77777777" w:rsidR="00316428" w:rsidRDefault="00FA2372" w:rsidP="00FA2372">
+    <w:p w14:paraId="33C21148" w14:textId="77777777" w:rsidR="00316428" w:rsidRDefault="00FA2372" w:rsidP="00FA2372">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>____________________________________</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>_____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6429A411" w14:textId="77777777" w:rsidR="00316428" w:rsidRDefault="00316428" w:rsidP="00B201A0">
+    <w:p w14:paraId="371DCF33" w14:textId="77777777" w:rsidR="00316428" w:rsidRDefault="00316428" w:rsidP="00316428">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
-        <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Unterschrift </w:t>
       </w:r>
       <w:r w:rsidRPr="0015568C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>beider</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Erziehungsberechtigter</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C880089" w14:textId="77777777" w:rsidR="00B201A0" w:rsidRDefault="00B201A0" w:rsidP="00B201A0">
-[...6 lines deleted...]
-        <w:pStyle w:val="KeinLeerraum"/>
+    <w:p w14:paraId="0DA29B6A" w14:textId="77777777" w:rsidR="00316428" w:rsidRDefault="00316428" w:rsidP="00316428">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
       </w:pPr>
       <w:r>
         <w:t>Der Austritt aus dem Verein muss schriftlich gegenüber dem Vorstand erklärt werden.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4716CA81" w14:textId="77777777" w:rsidR="00316428" w:rsidRDefault="00316428" w:rsidP="00B201A0">
-[...1 lines deleted...]
-        <w:pStyle w:val="KeinLeerraum"/>
+    <w:p w14:paraId="3230FAB7" w14:textId="77777777" w:rsidR="00316428" w:rsidRDefault="00316428" w:rsidP="00316428">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
       </w:pPr>
       <w:r>
         <w:t>Er ist nur unter Einhaltung einer Frist von vier Wochen zum Ende des Kalenderjahres möglich</w:t>
       </w:r>
       <w:r w:rsidR="0015568C">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50637F51" w14:textId="77777777" w:rsidR="00B201A0" w:rsidRDefault="00B201A0" w:rsidP="00B201A0">
-[...17 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="1C0F03B7" w14:textId="77777777" w:rsidR="0015568C" w:rsidRPr="005140FC" w:rsidRDefault="0015568C" w:rsidP="00316428">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Viel </w:t>
       </w:r>
-      <w:r w:rsidR="00FA2372" w:rsidRPr="00B201A0">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00FA2372">
         <w:t>Spaß</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B201A0">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> beim Radfahren und allzeit gute Fahrt!</w:t>
       </w:r>
-      <w:r w:rsidR="00B201A0">
-[...74 lines deleted...]
-    <w:sectPr w:rsidR="00C63167" w:rsidRPr="00B201A0" w:rsidSect="00653C6D">
+    </w:p>
+    <w:sectPr w:rsidR="0015568C" w:rsidRPr="005140FC" w:rsidSect="00653C6D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="284" w:right="1418" w:bottom="284" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F010D6"/>
     <w:rsid w:val="00044B45"/>
     <w:rsid w:val="00084A9F"/>
-    <w:rsid w:val="000F6022"/>
     <w:rsid w:val="00123973"/>
     <w:rsid w:val="00153C7E"/>
     <w:rsid w:val="0015568C"/>
     <w:rsid w:val="001A74F5"/>
-    <w:rsid w:val="001D6C97"/>
-    <w:rsid w:val="0020789D"/>
     <w:rsid w:val="00316428"/>
-    <w:rsid w:val="00332A98"/>
     <w:rsid w:val="003E4E5C"/>
     <w:rsid w:val="004030C6"/>
-    <w:rsid w:val="00427F8C"/>
     <w:rsid w:val="004A7947"/>
     <w:rsid w:val="005140FC"/>
     <w:rsid w:val="005E5792"/>
     <w:rsid w:val="00653C6D"/>
     <w:rsid w:val="006A19CA"/>
+    <w:rsid w:val="006E47A4"/>
     <w:rsid w:val="007348BA"/>
     <w:rsid w:val="00883F9D"/>
-    <w:rsid w:val="0095475C"/>
     <w:rsid w:val="00987DEF"/>
-    <w:rsid w:val="009C5B49"/>
     <w:rsid w:val="00A11C87"/>
+    <w:rsid w:val="00A31FB2"/>
     <w:rsid w:val="00A833F1"/>
     <w:rsid w:val="00AC4D55"/>
-    <w:rsid w:val="00B201A0"/>
     <w:rsid w:val="00B90C81"/>
     <w:rsid w:val="00BC3312"/>
     <w:rsid w:val="00C172E3"/>
-    <w:rsid w:val="00C63167"/>
     <w:rsid w:val="00CD5276"/>
     <w:rsid w:val="00D03D35"/>
     <w:rsid w:val="00E4056C"/>
     <w:rsid w:val="00F010D6"/>
     <w:rsid w:val="00F92CF3"/>
     <w:rsid w:val="00FA2372"/>
-    <w:rsid w:val="00FD0FAF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="58D3151E"/>
+  <w14:docId w14:val="5FE8CD2B"/>
   <w15:docId w15:val="{1CCC9212-90BF-465C-8BB9-0467F394F8A9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2910,75 +2724,54 @@
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift1Zchn"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00F010D6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="berschrift2">
-[...20 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="KeinLeerraum">
     <w:name w:val="No Spacing"/>
@@ -3031,63 +2824,50 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="berschrift1Zchn">
     <w:name w:val="Überschrift 1 Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="berschrift1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00F010D6"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006A19CA"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift2Zchn">
-[...11 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="86124461">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="337000534">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -3123,51 +2903,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1324316554">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.GIF"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.GIF"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3420,78 +3200,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{87E1DABA-78F2-4D61-86FB-D62CEA352595}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9BD8C3BE-0B4A-4512-8A60-0D9C044EA1A1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>740</Words>
-  <Characters>4666</Characters>
+  <Words>725</Words>
+  <Characters>4569</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>38</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5396</CharactersWithSpaces>
+  <CharactersWithSpaces>5284</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Lutz</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>